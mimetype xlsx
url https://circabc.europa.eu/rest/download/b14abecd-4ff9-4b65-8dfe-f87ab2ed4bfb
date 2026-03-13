--- v0 (2025-12-07)
+++ v1 (2026-03-13)
@@ -1,96 +1,96 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="U:\02 MARKET ANALYSIS\2.2 Cereals\2.2.1 Balance sheet\Balance sheets for Europa and AMIS\archive\next update\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{69C97E57-4A05-4748-9760-F4D75DF7E0D1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AEFAAE63-AB9A-4D69-A7C0-38A6B83E7D21}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{746010B1-6B5E-4328-84A3-FD25CE486EA5}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{27DA26F6-B20F-4D93-9E55-D3ABBCB51D29}"/>
   </bookViews>
   <sheets>
     <sheet name="Oilseeds - EU" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Oilseeds - EU'!$B$1:$S$58</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Oilseeds - EU'!$B$1:$AA$58</definedName>
     <definedName name="Z_66FB057A_4AF0_4961_BD83_A5E40E9720A6_.wvu.Cols" localSheetId="0" hidden="1">'Oilseeds - EU'!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="162" uniqueCount="35">
   <si>
     <t>EU</t>
   </si>
   <si>
     <t>OILSEEDS, OILSEED MEALS &amp; VEGETABLE OILS SUPPLY &amp; DEMAND</t>
   </si>
   <si>
-    <t>last updated: 27/11/2025</t>
+    <t>last updated: 03/03/2026</t>
   </si>
   <si>
     <t>Thousand metric tonnes</t>
   </si>
   <si>
     <t>OILSEED *</t>
   </si>
   <si>
     <t xml:space="preserve">2021/22 </t>
   </si>
   <si>
     <t>2022/23</t>
   </si>
   <si>
     <t>2023/24 est.</t>
   </si>
   <si>
     <t>2024/25 fc.</t>
   </si>
   <si>
     <t>2025/26 proj.</t>
   </si>
   <si>
     <t>Rapeseed</t>
   </si>
@@ -148,51 +148,51 @@
   <si>
     <t>** EU</t>
   </si>
   <si>
     <t>*** Total of rapeseed, Soya beans and sunflower</t>
   </si>
   <si>
     <t>**** At the end of the marketing year</t>
   </si>
   <si>
     <t>OILSEED MEAL *</t>
   </si>
   <si>
     <t>VEGETABLE OILS *</t>
   </si>
   <si>
     <t>Palm</t>
   </si>
   <si>
     <t>*** Total of rapeseed, Soya beans, sunflower and palm oil</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _F_t_-;\-* #,##0.00\ _F_t_-;_-* &quot;-&quot;??\ _F_t_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="#,##0.0"/>
     <numFmt numFmtId="166" formatCode="_-* #,##0.0\ _€_-;\-* #,##0.0\ _€_-;_-* &quot;-&quot;?\ _€_-;_-@_-"/>
     <numFmt numFmtId="167" formatCode="#,##0.0000"/>
     <numFmt numFmtId="168" formatCode="_-* #,##0\ _€_-;\-* #,##0\ _€_-;_-* &quot;-&quot;\ _€_-;_-@_-"/>
   </numFmts>
   <fonts count="19" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -795,67 +795,65 @@
     </xf>
     <xf numFmtId="3" fontId="12" fillId="5" borderId="19" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="2"/>
     </xf>
     <xf numFmtId="3" fontId="12" fillId="5" borderId="20" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="2"/>
     </xf>
     <xf numFmtId="3" fontId="13" fillId="2" borderId="21" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="2"/>
     </xf>
     <xf numFmtId="3" fontId="13" fillId="2" borderId="22" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="justify"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="justify"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="16" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="justify"/>
     </xf>
     <xf numFmtId="165" fontId="8" fillId="6" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="4">
-    <cellStyle name="Comma 2 2" xfId="3" xr:uid="{83CB13C9-7FE1-4239-BD64-C9F37BB5CA28}"/>
+    <cellStyle name="Comma 2 2" xfId="3" xr:uid="{B1EA8B33-0A6D-48B9-81F2-48AA3F0DF718}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="1" xr:uid="{E2BE823F-D218-436F-B59A-D3937E35EB0A}"/>
-    <cellStyle name="Normal_Oilseeds Balance sheets_09 February 2011 2" xfId="2" xr:uid="{EAECFE07-D78D-4793-BC5D-898AB93DCDB2}"/>
+    <cellStyle name="Normal 2" xfId="1" xr:uid="{885199E4-B3E3-466A-AE2E-007295BAE11F}"/>
+    <cellStyle name="Normal_Oilseeds Balance sheets_09 February 2011 2" xfId="2" xr:uid="{E5B5D5B9-3D20-470B-A106-F9FA2380682C}"/>
   </cellStyles>
   <dxfs count="1">
     <dxf>
       <fill>
         <patternFill patternType="none">
           <bgColor indexed="65"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
-  <tableStyles count="1" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16">
-[...1 lines deleted...]
-  </tableStyles>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1117,61 +1115,61 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{12AFC62D-0273-4DB3-B3DE-B20D9B8C8D65}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{000E495D-F098-4ADB-9ABE-71F6CBA7A947}">
   <sheetPr>
     <tabColor indexed="10"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:HJ61"/>
+  <dimension ref="A1:HJ60"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="60" zoomScaleNormal="60" zoomScaleSheetLayoutView="70" workbookViewId="0">
+    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" zoomScale="70" zoomScaleNormal="60" zoomScaleSheetLayoutView="70" workbookViewId="0">
       <pane xSplit="2" topLeftCell="C1" activePane="topRight" state="frozen"/>
-      <selection sqref="A1:XFD1048576"/>
-      <selection pane="topRight" activeCell="E66" sqref="E66"/>
+      <selection activeCell="G10" sqref="G10"/>
+      <selection pane="topRight" activeCell="F41" sqref="F41"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.85546875" customWidth="1"/>
     <col min="2" max="2" width="33.42578125" style="11" customWidth="1"/>
     <col min="3" max="11" width="16.42578125" style="51" customWidth="1"/>
     <col min="12" max="21" width="16.42578125" style="11" customWidth="1"/>
     <col min="22" max="22" width="13" style="11" customWidth="1"/>
     <col min="23" max="24" width="16.42578125" style="11" customWidth="1"/>
     <col min="25" max="25" width="13.5703125" style="11" customWidth="1"/>
     <col min="26" max="26" width="16.85546875" style="11" customWidth="1"/>
     <col min="27" max="27" width="13.85546875" style="11" customWidth="1"/>
     <col min="28" max="28" width="20.5703125" style="11" customWidth="1"/>
     <col min="29" max="29" width="14.28515625" style="11" customWidth="1"/>
     <col min="30" max="30" width="16.85546875" style="11" customWidth="1"/>
     <col min="31" max="31" width="25.85546875" style="11" customWidth="1"/>
     <col min="32" max="32" width="16.42578125" style="11" customWidth="1"/>
     <col min="33" max="33" width="16.7109375" style="11" customWidth="1"/>
     <col min="34" max="34" width="17.7109375" style="11" customWidth="1"/>
     <col min="35" max="35" width="16.42578125" style="11" customWidth="1"/>
     <col min="36" max="36" width="18.42578125" style="11" customWidth="1"/>
     <col min="37" max="37" width="16.42578125" style="11" customWidth="1"/>
     <col min="38" max="38" width="9.140625" style="11"/>
     <col min="39" max="39" width="14.140625" style="11" customWidth="1"/>
@@ -1438,72 +1436,72 @@
       <c r="G9" s="27">
         <v>19561.11</v>
       </c>
       <c r="H9" s="28">
         <v>2448.4800000000005</v>
       </c>
       <c r="I9" s="28">
         <v>9301.6800000000021</v>
       </c>
       <c r="J9" s="27">
         <v>31311.270000000004</v>
       </c>
       <c r="K9" s="27">
         <v>19737</v>
       </c>
       <c r="L9" s="28">
         <v>2792.1599999999994</v>
       </c>
       <c r="M9" s="28">
         <v>9799.2099999999991</v>
       </c>
       <c r="N9" s="27">
         <v>32328.37</v>
       </c>
       <c r="O9" s="27">
-        <v>16765.189999999999</v>
+        <v>16765.129999999997</v>
       </c>
       <c r="P9" s="28">
         <v>3001.04</v>
       </c>
       <c r="Q9" s="28">
         <v>8325.909999999998</v>
       </c>
       <c r="R9" s="27">
-        <v>28092.14</v>
+        <v>28092.079999999994</v>
       </c>
       <c r="S9" s="27">
-        <v>20205.561999999998</v>
+        <v>20164.879999999997</v>
       </c>
       <c r="T9" s="28">
-        <v>2894.6896866932525</v>
+        <v>2756.53</v>
       </c>
       <c r="U9" s="28">
-        <v>8518.4642531793779</v>
+        <v>8366.3000000000011</v>
       </c>
       <c r="V9" s="27">
-        <v>31618.715939872629</v>
+        <v>31287.71</v>
       </c>
       <c r="W9" s="25"/>
     </row>
     <row r="10" spans="1:23" s="34" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="29"/>
       <c r="B10" s="30" t="s">
         <v>16</v>
       </c>
       <c r="C10" s="31">
         <v>5326.0199999999995</v>
       </c>
       <c r="D10" s="32">
         <v>939.78</v>
       </c>
       <c r="E10" s="32">
         <v>4368.7700000000004</v>
       </c>
       <c r="F10" s="32">
         <v>10634.57</v>
       </c>
       <c r="G10" s="31">
         <v>5886.8499999999995</v>
       </c>
       <c r="H10" s="32">
         <v>1094.69</v>
@@ -1517,532 +1515,532 @@
       <c r="K10" s="31">
         <v>6192.83</v>
       </c>
       <c r="L10" s="32">
         <v>985.12000000000012</v>
       </c>
       <c r="M10" s="32">
         <v>4687.59</v>
       </c>
       <c r="N10" s="32">
         <v>11865.54</v>
       </c>
       <c r="O10" s="31">
         <v>5698.6500000000005</v>
       </c>
       <c r="P10" s="32">
         <v>1118.98</v>
       </c>
       <c r="Q10" s="32">
         <v>4791.2000000000007</v>
       </c>
       <c r="R10" s="32">
         <v>11608.830000000002</v>
       </c>
       <c r="S10" s="31">
-        <v>6051.387999999999</v>
+        <v>6045.57</v>
       </c>
       <c r="T10" s="32">
-        <v>1042.73</v>
+        <v>1014.35</v>
       </c>
       <c r="U10" s="32">
-        <v>4751.6160000000009</v>
+        <v>4673.16</v>
       </c>
       <c r="V10" s="32">
-        <v>11845.734</v>
+        <v>11733.08</v>
       </c>
       <c r="W10" s="33"/>
     </row>
     <row r="11" spans="1:23" s="37" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11"/>
       <c r="B11" s="30" t="s">
         <v>17</v>
       </c>
       <c r="C11" s="35">
         <v>3.2054085414624804</v>
       </c>
       <c r="D11" s="36">
         <v>2.8186171231564829</v>
       </c>
       <c r="E11" s="36">
         <v>2.3724915708540384</v>
       </c>
       <c r="F11" s="35">
         <v>2.8290584386580746</v>
       </c>
       <c r="G11" s="35">
         <v>3.3228483824116468</v>
       </c>
       <c r="H11" s="36">
         <v>2.2366880121312884</v>
       </c>
       <c r="I11" s="36">
         <v>1.8853126216111047</v>
       </c>
       <c r="J11" s="35">
         <v>2.627820533263955</v>
       </c>
       <c r="K11" s="35">
         <v>3.1870727922452255</v>
       </c>
       <c r="L11" s="36">
         <v>2.8343349033620262</v>
       </c>
       <c r="M11" s="36">
         <v>2.0904579965397994</v>
       </c>
       <c r="N11" s="35">
         <v>2.7245595227861519</v>
       </c>
       <c r="O11" s="35">
-        <v>2.941958183078448</v>
+        <v>2.9419476542689926</v>
       </c>
       <c r="P11" s="36">
         <v>2.6819424833330352</v>
       </c>
       <c r="Q11" s="36">
         <v>1.7377504591751538</v>
       </c>
       <c r="R11" s="35">
-        <v>2.4198941667678824</v>
+        <v>2.4198889982883709</v>
       </c>
       <c r="S11" s="35">
-        <v>3.3389962765567174</v>
+        <v>3.3354803599991394</v>
       </c>
       <c r="T11" s="36">
-        <v>2.7760682887164005</v>
+        <v>2.7175333957706909</v>
       </c>
       <c r="U11" s="36">
-        <v>1.7927509826508237</v>
+        <v>1.7902875142301999</v>
       </c>
       <c r="V11" s="35">
-        <v>2.6692069853900677</v>
+        <v>2.666623768013173</v>
       </c>
       <c r="W11" s="33"/>
     </row>
     <row r="12" spans="1:23" s="11" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12"/>
       <c r="B12" s="38" t="s">
         <v>18</v>
       </c>
       <c r="C12" s="27">
         <v>5433.2010600000003</v>
       </c>
       <c r="D12" s="28">
         <v>14702.778080000002</v>
       </c>
       <c r="E12" s="28">
-        <v>1148.7256799999998</v>
+        <v>1148.7256699999998</v>
       </c>
       <c r="F12" s="27">
-        <v>21284.704820000003</v>
+        <v>21284.704810000003</v>
       </c>
       <c r="G12" s="27">
         <v>6840.7346300000008</v>
       </c>
       <c r="H12" s="28">
         <v>13258.499379999997</v>
       </c>
       <c r="I12" s="28">
-        <v>2097.0390800000005</v>
+        <v>2097.0390700000003</v>
       </c>
       <c r="J12" s="27">
-        <v>22196.273090000002</v>
+        <v>22196.273079999999</v>
       </c>
       <c r="K12" s="27">
         <v>5456.5307599999996</v>
       </c>
       <c r="L12" s="28">
-        <v>13245.813580000002</v>
+        <v>13252.647420000001</v>
       </c>
       <c r="M12" s="28">
-        <v>765.35887000000002</v>
+        <v>769.28944999999999</v>
       </c>
       <c r="N12" s="27">
-        <v>19467.703210000003</v>
+        <v>19478.467630000003</v>
       </c>
       <c r="O12" s="27">
         <v>7963.9932700000008</v>
       </c>
       <c r="P12" s="28">
-        <v>14504.821119999997</v>
+        <v>14582.249520000001</v>
       </c>
       <c r="Q12" s="28">
-        <v>627.68327999999997</v>
+        <v>627.69026999999983</v>
       </c>
       <c r="R12" s="27">
-        <v>23096.497670000001</v>
+        <v>23173.933060000003</v>
       </c>
       <c r="S12" s="27">
         <v>5500</v>
       </c>
       <c r="T12" s="28">
         <v>14000</v>
       </c>
       <c r="U12" s="28">
-        <v>800</v>
+        <v>850.00000000000011</v>
       </c>
       <c r="V12" s="27">
-        <v>20300</v>
+        <v>20350</v>
       </c>
       <c r="W12" s="25"/>
     </row>
     <row r="13" spans="1:23" s="11" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13"/>
       <c r="B13" s="39" t="s">
         <v>19</v>
       </c>
       <c r="C13" s="40">
         <v>23005.271059999999</v>
       </c>
       <c r="D13" s="41">
         <v>18451.658080000001</v>
       </c>
       <c r="E13" s="41">
-        <v>12213.595679999999</v>
+        <v>12213.595669999999</v>
       </c>
       <c r="F13" s="40">
-        <v>53670.524819999999</v>
+        <v>53670.524810000003</v>
       </c>
       <c r="G13" s="40">
         <v>26901.84463</v>
       </c>
       <c r="H13" s="41">
         <v>16906.979379999997</v>
       </c>
       <c r="I13" s="41">
-        <v>12265.385746666669</v>
+        <v>12265.385736666669</v>
       </c>
       <c r="J13" s="40">
-        <v>56074.209756666663</v>
+        <v>56074.209746666667</v>
       </c>
       <c r="K13" s="40">
         <v>25693.530760000001</v>
       </c>
       <c r="L13" s="41">
-        <v>17237.973580000002</v>
+        <v>17244.807420000001</v>
       </c>
       <c r="M13" s="41">
-        <v>11431.235536666665</v>
+        <v>11435.166116666665</v>
       </c>
       <c r="N13" s="40">
-        <v>54362.739876666667</v>
+        <v>54373.504296666673</v>
       </c>
       <c r="O13" s="40">
-        <v>25562.51660333333</v>
+        <v>25562.456603333332</v>
       </c>
       <c r="P13" s="41">
-        <v>18805.861119999998</v>
+        <v>18883.289520000002</v>
       </c>
       <c r="Q13" s="41">
-        <v>9831.3710577777747</v>
+        <v>9831.3780477777746</v>
       </c>
       <c r="R13" s="40">
-        <v>54199.748781111099</v>
+        <v>54277.124171111107</v>
       </c>
       <c r="S13" s="40">
-        <v>26538.89533333333</v>
+        <v>26498.21333333333</v>
       </c>
       <c r="T13" s="41">
-        <v>18194.689686693251</v>
+        <v>18056.53</v>
       </c>
       <c r="U13" s="41">
-        <v>10196.242030957155</v>
+        <v>10094.077777777778</v>
       </c>
       <c r="V13" s="40">
-        <v>54929.827050983738</v>
+        <v>54648.821111111109</v>
       </c>
       <c r="W13" s="25"/>
     </row>
     <row r="14" spans="1:23" s="11" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14"/>
       <c r="B14" s="26" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="27">
         <v>22053.453139999998</v>
       </c>
       <c r="D14" s="28">
-        <v>16981.67108</v>
+        <v>16981.683970000002</v>
       </c>
       <c r="E14" s="28">
-        <v>10943.823713333331</v>
+        <v>10943.82369333333</v>
       </c>
       <c r="F14" s="27">
-        <v>49978.947933333329</v>
+        <v>49978.960803333328</v>
       </c>
       <c r="G14" s="27">
-        <v>25857.740429999998</v>
+        <v>25857.740449999998</v>
       </c>
       <c r="H14" s="28">
-        <v>15469.647169999998</v>
+        <v>15472.845719999999</v>
       </c>
       <c r="I14" s="28">
-        <v>10826.169560000002</v>
+        <v>10826.171400000001</v>
       </c>
       <c r="J14" s="27">
-        <v>52153.557159999997</v>
+        <v>52156.757569999994</v>
       </c>
       <c r="K14" s="27">
-        <v>24326.068146666668</v>
+        <v>24326.068366666663</v>
       </c>
       <c r="L14" s="28">
-        <v>15714.449280000001</v>
+        <v>15721.281080000001</v>
       </c>
       <c r="M14" s="28">
-        <v>10079.332008888887</v>
+        <v>10083.289028888888</v>
       </c>
       <c r="N14" s="27">
-        <v>50119.849435555559</v>
+        <v>50130.638475555548</v>
       </c>
       <c r="O14" s="27">
-        <v>24346.762229999997</v>
+        <v>24346.712559999996</v>
       </c>
       <c r="P14" s="28">
-        <v>17141.613529999999</v>
+        <v>17219.13796</v>
       </c>
       <c r="Q14" s="28">
-        <v>8219.3561999999984</v>
+        <v>8218.83482</v>
       </c>
       <c r="R14" s="27">
-        <v>49707.73195999999</v>
+        <v>49784.685339999996</v>
       </c>
       <c r="S14" s="27">
-        <v>25266.410643333329</v>
+        <v>25064.879999999994</v>
       </c>
       <c r="T14" s="28">
-        <v>16660.841686693253</v>
+        <v>16436.530000000002</v>
       </c>
       <c r="U14" s="28">
-        <v>8782.2533731793774</v>
+        <v>8476.2999999999993</v>
       </c>
       <c r="V14" s="27">
-        <v>50709.505703205956</v>
+        <v>49977.709999999992</v>
       </c>
       <c r="W14" s="25"/>
     </row>
     <row r="15" spans="1:23" s="43" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15"/>
       <c r="B15" s="30" t="s">
         <v>21</v>
       </c>
       <c r="C15" s="32">
         <v>21548.323073374817</v>
       </c>
       <c r="D15" s="42">
-        <v>15019.287639486407</v>
+        <v>15019.299039932028</v>
       </c>
       <c r="E15" s="42">
-        <v>9662.2618247233349</v>
+        <v>9662.261807065408</v>
       </c>
       <c r="F15" s="32">
-        <v>46229.872537584553</v>
+        <v>46229.883920372253</v>
       </c>
       <c r="G15" s="32">
-        <v>25228.853350227</v>
+        <v>25228.853369740573</v>
       </c>
       <c r="H15" s="42">
-        <v>13440.685990020776</v>
+        <v>13443.465026006599</v>
       </c>
       <c r="I15" s="42">
-        <v>9541.4200111783775</v>
+        <v>9541.4216328242164</v>
       </c>
       <c r="J15" s="32">
-        <v>48210.959351426158</v>
+        <v>48213.740028571388</v>
       </c>
       <c r="K15" s="32">
-        <v>23658.793990162703</v>
+        <v>23658.794204128008</v>
       </c>
       <c r="L15" s="42">
-        <v>13618.429948706053</v>
+        <v>13624.350511881117</v>
       </c>
       <c r="M15" s="42">
-        <v>8909.6057949057631</v>
+        <v>8913.1035949873058</v>
       </c>
       <c r="N15" s="32">
-        <v>46186.829733774524</v>
+        <v>46196.248310996431</v>
       </c>
       <c r="O15" s="32">
-        <v>23830.646601805947</v>
+        <v>23830.597984737055</v>
       </c>
       <c r="P15" s="42">
-        <v>14940.763263776507</v>
+        <v>15008.334158066134</v>
       </c>
       <c r="Q15" s="42">
-        <v>7177.7125495207647</v>
+        <v>7177.2572443024483</v>
       </c>
       <c r="R15" s="32">
-        <v>45949.122415103222</v>
+        <v>46016.189387105638</v>
       </c>
       <c r="S15" s="32">
-        <v>24722.237573375445</v>
+        <v>24525.04737833219</v>
       </c>
       <c r="T15" s="42">
-        <v>14484.950490270945</v>
+        <v>14289.933711572667</v>
       </c>
       <c r="U15" s="42">
-        <v>7726.4386642102827</v>
+        <v>7457.2674308685018</v>
       </c>
       <c r="V15" s="32">
-        <v>46933.626727856674</v>
+        <v>46272.248520773363</v>
       </c>
       <c r="W15" s="25"/>
     </row>
     <row r="16" spans="1:23" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="44" t="s">
         <v>22</v>
       </c>
       <c r="C16" s="45">
         <v>451.81791999999996</v>
       </c>
       <c r="D16" s="46">
-        <v>269.98700000000002</v>
+        <v>269.97411000000005</v>
       </c>
       <c r="E16" s="46">
-        <v>403.10530000000006</v>
+        <v>403.10531000000003</v>
       </c>
       <c r="F16" s="45">
-        <v>1124.9102200000002</v>
+        <v>1124.89734</v>
       </c>
       <c r="G16" s="45">
-        <v>544.10419999999988</v>
+        <v>544.10417999999993</v>
       </c>
       <c r="H16" s="46">
-        <v>237.33220999999995</v>
+        <v>234.13365999999996</v>
       </c>
       <c r="I16" s="46">
-        <v>572.54952000000003</v>
+        <v>572.54766999999993</v>
       </c>
       <c r="J16" s="45">
-        <v>1353.9859299999998</v>
+        <v>1350.7855099999997</v>
       </c>
       <c r="K16" s="45">
-        <v>534.12927999999999</v>
+        <v>534.12906000000009</v>
       </c>
       <c r="L16" s="46">
-        <v>223.52429999999998</v>
+        <v>223.52633999999998</v>
       </c>
       <c r="M16" s="46">
-        <v>474.1257500000001</v>
+        <v>474.09931</v>
       </c>
       <c r="N16" s="45">
-        <v>1231.7793300000001</v>
+        <v>1231.7547100000002</v>
       </c>
       <c r="O16" s="45">
-        <v>382.42104</v>
+        <v>382.41070999999999</v>
       </c>
       <c r="P16" s="46">
-        <v>364.24758999999995</v>
+        <v>364.15155999999996</v>
       </c>
       <c r="Q16" s="46">
-        <v>734.23708000000011</v>
+        <v>734.76544999999999</v>
       </c>
       <c r="R16" s="45">
-        <v>1480.90571</v>
+        <v>1481.3277199999998</v>
       </c>
       <c r="S16" s="45">
-        <v>439.15135666666657</v>
+        <v>600</v>
       </c>
       <c r="T16" s="46">
-        <v>233.84800000000001</v>
+        <v>320</v>
       </c>
       <c r="U16" s="46">
-        <v>536.2108800000002</v>
+        <v>740</v>
       </c>
       <c r="V16" s="45">
-        <v>1209.2102366666668</v>
+        <v>1660</v>
       </c>
       <c r="W16" s="25"/>
     </row>
-    <row r="17" spans="1:198" s="51" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:199" s="51" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17"/>
       <c r="B17" s="47" t="s">
         <v>23</v>
       </c>
       <c r="C17" s="48">
         <v>22505.271059999999</v>
       </c>
       <c r="D17" s="49">
         <v>17251.658080000001</v>
       </c>
       <c r="E17" s="49">
-        <v>11346.929013333331</v>
+        <v>11346.929003333331</v>
       </c>
       <c r="F17" s="48">
-        <v>51103.858153333327</v>
+        <v>51103.858143333331</v>
       </c>
       <c r="G17" s="48">
-        <v>26401.84463</v>
+        <v>26401.844629999996</v>
       </c>
       <c r="H17" s="49">
         <v>15706.979379999999</v>
       </c>
       <c r="I17" s="49">
-        <v>11398.719080000003</v>
+        <v>11398.719070000001</v>
       </c>
       <c r="J17" s="48">
-        <v>53507.543089999999</v>
+        <v>53507.543079999996</v>
       </c>
       <c r="K17" s="48">
-        <v>24860.197426666669</v>
+        <v>24860.197426666662</v>
       </c>
       <c r="L17" s="49">
-        <v>15937.97358</v>
+        <v>15944.807420000001</v>
       </c>
       <c r="M17" s="49">
-        <v>10553.457758888886</v>
+        <v>10557.388338888888</v>
       </c>
       <c r="N17" s="48">
-        <v>51351.628765555557</v>
+        <v>51362.393185555549</v>
       </c>
       <c r="O17" s="48">
-        <v>24729.183269999998</v>
+        <v>24729.123269999996</v>
       </c>
       <c r="P17" s="49">
-        <v>17505.861119999998</v>
+        <v>17583.289519999998</v>
       </c>
       <c r="Q17" s="49">
-        <v>8953.5932799999991</v>
+        <v>8953.6002700000008</v>
       </c>
       <c r="R17" s="48">
-        <v>51188.637669999989</v>
+        <v>51266.013059999997</v>
       </c>
       <c r="S17" s="48">
-        <v>25705.561999999994</v>
+        <v>25664.879999999994</v>
       </c>
       <c r="T17" s="49">
-        <v>16894.689686693255</v>
+        <v>16756.530000000002</v>
       </c>
       <c r="U17" s="49">
-        <v>9318.4642531793779</v>
+        <v>9216.2999999999993</v>
       </c>
       <c r="V17" s="48">
-        <v>51918.715939872622</v>
+        <v>51637.709999999992</v>
       </c>
       <c r="W17" s="50"/>
     </row>
-    <row r="18" spans="1:198" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:199" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="47" t="s">
         <v>24</v>
       </c>
       <c r="C18" s="48">
         <v>500</v>
       </c>
       <c r="D18" s="49">
         <v>1200</v>
       </c>
       <c r="E18" s="49">
         <v>866.66666666666663</v>
       </c>
       <c r="F18" s="48">
         <v>2566.6666666666665</v>
       </c>
       <c r="G18" s="48">
         <v>500</v>
       </c>
       <c r="H18" s="49">
         <v>1200</v>
       </c>
       <c r="I18" s="49">
         <v>866.66666666666663</v>
       </c>
       <c r="J18" s="48">
@@ -2064,76 +2062,76 @@
         <v>833.33333333333337</v>
       </c>
       <c r="P18" s="49">
         <v>1300</v>
       </c>
       <c r="Q18" s="49">
         <v>877.7777777777776</v>
       </c>
       <c r="R18" s="48">
         <v>3011.1111111111113</v>
       </c>
       <c r="S18" s="48">
         <v>833.33333333333337</v>
       </c>
       <c r="T18" s="49">
         <v>1300</v>
       </c>
       <c r="U18" s="49">
         <v>877.7777777777776</v>
       </c>
       <c r="V18" s="48">
         <v>3011.1111111111113</v>
       </c>
       <c r="W18" s="25"/>
     </row>
-    <row r="19" spans="1:198" customFormat="1" ht="17.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:199" customFormat="1" ht="17.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B19" s="52"/>
       <c r="C19" s="52"/>
       <c r="D19" s="53"/>
       <c r="E19" s="53"/>
       <c r="F19" s="52"/>
       <c r="G19" s="52"/>
       <c r="H19" s="53"/>
       <c r="I19" s="53"/>
       <c r="J19" s="52"/>
       <c r="K19" s="52"/>
       <c r="L19" s="53"/>
       <c r="M19" s="53"/>
       <c r="N19" s="52"/>
       <c r="O19" s="52"/>
       <c r="P19" s="53"/>
       <c r="Q19" s="53"/>
       <c r="R19" s="52"/>
       <c r="S19" s="52"/>
       <c r="T19" s="53"/>
       <c r="U19" s="53"/>
       <c r="V19" s="52"/>
       <c r="W19" s="54"/>
       <c r="X19" s="11"/>
     </row>
-    <row r="20" spans="1:198" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:199" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B20" s="55" t="s">
         <v>25</v>
       </c>
       <c r="C20" s="56" t="s">
         <v>26</v>
       </c>
       <c r="D20" s="56">
         <v>100</v>
       </c>
       <c r="E20" s="56">
         <v>166.66666666666663</v>
       </c>
       <c r="F20" s="57">
         <v>266.66666666666652</v>
       </c>
       <c r="G20" s="56" t="s">
         <v>26</v>
       </c>
       <c r="H20" s="56" t="s">
         <v>26</v>
       </c>
       <c r="I20" s="56" t="s">
         <v>26</v>
       </c>
       <c r="J20" s="57" t="s">
@@ -2155,51 +2153,51 @@
         <v>26</v>
       </c>
       <c r="P20" s="56" t="s">
         <v>26</v>
       </c>
       <c r="Q20" s="56" t="s">
         <v>26</v>
       </c>
       <c r="R20" s="57" t="s">
         <v>26</v>
       </c>
       <c r="S20" s="56" t="s">
         <v>26</v>
       </c>
       <c r="T20" s="56" t="s">
         <v>26</v>
       </c>
       <c r="U20" s="56" t="s">
         <v>26</v>
       </c>
       <c r="V20" s="57" t="s">
         <v>26</v>
       </c>
       <c r="W20" s="25"/>
     </row>
-    <row r="21" spans="1:198" s="51" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:199" s="51" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21"/>
       <c r="B21" s="58" t="s">
         <v>27</v>
       </c>
       <c r="C21" s="59"/>
       <c r="D21" s="59"/>
       <c r="E21" s="50"/>
       <c r="F21" s="50"/>
       <c r="G21" s="50"/>
       <c r="H21" s="50"/>
       <c r="I21" s="50"/>
       <c r="J21" s="50"/>
       <c r="K21" s="60"/>
       <c r="L21" s="60"/>
       <c r="M21" s="33"/>
       <c r="N21" s="33"/>
       <c r="O21" s="60"/>
       <c r="P21" s="60"/>
       <c r="Q21" s="33"/>
       <c r="R21" s="33"/>
       <c r="S21" s="33"/>
       <c r="T21" s="33"/>
       <c r="U21" s="33"/>
       <c r="V21" s="33"/>
       <c r="W21" s="33"/>
@@ -2355,52 +2353,53 @@
       <c r="FR21" s="11"/>
       <c r="FS21" s="11"/>
       <c r="FT21" s="11"/>
       <c r="FU21" s="11"/>
       <c r="FV21" s="11"/>
       <c r="FW21" s="11"/>
       <c r="FX21" s="11"/>
       <c r="FY21" s="11"/>
       <c r="FZ21" s="11"/>
       <c r="GA21" s="11"/>
       <c r="GB21" s="11"/>
       <c r="GC21" s="11"/>
       <c r="GD21" s="11"/>
       <c r="GE21" s="11"/>
       <c r="GF21" s="11"/>
       <c r="GG21" s="11"/>
       <c r="GH21" s="11"/>
       <c r="GI21" s="11"/>
       <c r="GJ21" s="11"/>
       <c r="GK21" s="11"/>
       <c r="GL21" s="11"/>
       <c r="GM21" s="11"/>
       <c r="GN21" s="11"/>
       <c r="GO21" s="11"/>
       <c r="GP21" s="11"/>
+      <c r="GQ21" s="11"/>
     </row>
-    <row r="22" spans="1:198" s="51" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:199" s="51" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22"/>
       <c r="B22" s="58" t="s">
         <v>28</v>
       </c>
       <c r="C22" s="61"/>
       <c r="D22" s="61"/>
       <c r="E22" s="61"/>
       <c r="F22" s="61"/>
       <c r="G22" s="61"/>
       <c r="H22" s="61"/>
       <c r="I22" s="61"/>
       <c r="J22" s="61"/>
       <c r="K22" s="60"/>
       <c r="L22" s="60"/>
       <c r="M22" s="33"/>
       <c r="N22" s="33"/>
       <c r="O22" s="60"/>
       <c r="P22" s="60"/>
       <c r="Q22" s="33"/>
       <c r="R22" s="33"/>
       <c r="S22" s="33"/>
       <c r="T22" s="33"/>
       <c r="U22" s="33"/>
       <c r="V22" s="33"/>
       <c r="W22" s="33"/>
@@ -2556,52 +2555,53 @@
       <c r="FR22" s="11"/>
       <c r="FS22" s="11"/>
       <c r="FT22" s="11"/>
       <c r="FU22" s="11"/>
       <c r="FV22" s="11"/>
       <c r="FW22" s="11"/>
       <c r="FX22" s="11"/>
       <c r="FY22" s="11"/>
       <c r="FZ22" s="11"/>
       <c r="GA22" s="11"/>
       <c r="GB22" s="11"/>
       <c r="GC22" s="11"/>
       <c r="GD22" s="11"/>
       <c r="GE22" s="11"/>
       <c r="GF22" s="11"/>
       <c r="GG22" s="11"/>
       <c r="GH22" s="11"/>
       <c r="GI22" s="11"/>
       <c r="GJ22" s="11"/>
       <c r="GK22" s="11"/>
       <c r="GL22" s="11"/>
       <c r="GM22" s="11"/>
       <c r="GN22" s="11"/>
       <c r="GO22" s="11"/>
       <c r="GP22" s="11"/>
+      <c r="GQ22" s="11"/>
     </row>
-    <row r="23" spans="1:198" s="51" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:199" s="51" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23"/>
       <c r="B23" s="58" t="s">
         <v>29</v>
       </c>
       <c r="C23" s="50"/>
       <c r="D23" s="50"/>
       <c r="E23" s="50"/>
       <c r="F23" s="50"/>
       <c r="G23" s="50"/>
       <c r="H23" s="50"/>
       <c r="I23" s="50"/>
       <c r="J23" s="50"/>
       <c r="K23" s="60"/>
       <c r="L23" s="60"/>
       <c r="M23" s="33"/>
       <c r="N23" s="33"/>
       <c r="O23" s="60"/>
       <c r="P23" s="60"/>
       <c r="Q23" s="33"/>
       <c r="R23" s="33"/>
       <c r="S23" s="33"/>
       <c r="T23" s="33"/>
       <c r="U23" s="33"/>
       <c r="V23" s="33"/>
       <c r="W23" s="33"/>
@@ -2757,52 +2757,53 @@
       <c r="FR23" s="11"/>
       <c r="FS23" s="11"/>
       <c r="FT23" s="11"/>
       <c r="FU23" s="11"/>
       <c r="FV23" s="11"/>
       <c r="FW23" s="11"/>
       <c r="FX23" s="11"/>
       <c r="FY23" s="11"/>
       <c r="FZ23" s="11"/>
       <c r="GA23" s="11"/>
       <c r="GB23" s="11"/>
       <c r="GC23" s="11"/>
       <c r="GD23" s="11"/>
       <c r="GE23" s="11"/>
       <c r="GF23" s="11"/>
       <c r="GG23" s="11"/>
       <c r="GH23" s="11"/>
       <c r="GI23" s="11"/>
       <c r="GJ23" s="11"/>
       <c r="GK23" s="11"/>
       <c r="GL23" s="11"/>
       <c r="GM23" s="11"/>
       <c r="GN23" s="11"/>
       <c r="GO23" s="11"/>
       <c r="GP23" s="11"/>
+      <c r="GQ23" s="11"/>
     </row>
-    <row r="24" spans="1:198" s="51" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:199" s="51" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24"/>
       <c r="B24" s="50" t="s">
         <v>30</v>
       </c>
       <c r="C24" s="50"/>
       <c r="D24" s="50"/>
       <c r="E24" s="50"/>
       <c r="F24" s="50"/>
       <c r="G24" s="50"/>
       <c r="H24" s="50"/>
       <c r="I24" s="50"/>
       <c r="J24" s="50"/>
       <c r="K24" s="60"/>
       <c r="L24" s="60"/>
       <c r="M24" s="33"/>
       <c r="N24" s="33"/>
       <c r="O24" s="60"/>
       <c r="P24" s="60"/>
       <c r="Q24" s="33"/>
       <c r="R24" s="33"/>
       <c r="S24" s="11"/>
       <c r="T24" s="11"/>
       <c r="U24" s="11"/>
       <c r="V24" s="11"/>
       <c r="W24" s="11"/>
@@ -2947,52 +2948,53 @@
       <c r="FF24" s="11"/>
       <c r="FG24" s="11"/>
       <c r="FH24" s="11"/>
       <c r="FI24" s="11"/>
       <c r="FJ24" s="11"/>
       <c r="FK24" s="11"/>
       <c r="FL24" s="11"/>
       <c r="FM24" s="11"/>
       <c r="FN24" s="11"/>
       <c r="FO24" s="11"/>
       <c r="FP24" s="11"/>
       <c r="FQ24" s="11"/>
       <c r="FR24" s="11"/>
       <c r="FS24" s="11"/>
       <c r="FT24" s="11"/>
       <c r="FU24" s="11"/>
       <c r="FV24" s="11"/>
       <c r="FW24" s="11"/>
       <c r="FX24" s="11"/>
       <c r="FY24" s="11"/>
       <c r="FZ24" s="11"/>
       <c r="GA24" s="11"/>
       <c r="GB24" s="11"/>
       <c r="GC24" s="11"/>
       <c r="GD24" s="11"/>
+      <c r="GE24" s="11"/>
     </row>
-    <row r="25" spans="1:198" s="51" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:199" s="51" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A25"/>
       <c r="N25" s="12"/>
       <c r="S25" s="11"/>
       <c r="T25" s="11"/>
       <c r="U25" s="11"/>
       <c r="V25" s="12" t="s">
         <v>3</v>
       </c>
       <c r="W25" s="11"/>
       <c r="X25" s="11"/>
       <c r="Y25" s="11"/>
       <c r="Z25" s="11"/>
       <c r="AA25" s="11"/>
       <c r="AB25" s="11"/>
       <c r="AC25" s="11"/>
       <c r="AD25" s="11"/>
       <c r="AE25" s="11"/>
       <c r="AF25" s="11"/>
       <c r="AG25" s="11"/>
       <c r="AH25" s="11"/>
       <c r="AI25" s="11"/>
       <c r="AJ25" s="11"/>
       <c r="AK25" s="11"/>
       <c r="AL25" s="11"/>
       <c r="AM25" s="11"/>
@@ -3121,88 +3123,89 @@
       <c r="FF25" s="11"/>
       <c r="FG25" s="11"/>
       <c r="FH25" s="11"/>
       <c r="FI25" s="11"/>
       <c r="FJ25" s="11"/>
       <c r="FK25" s="11"/>
       <c r="FL25" s="11"/>
       <c r="FM25" s="11"/>
       <c r="FN25" s="11"/>
       <c r="FO25" s="11"/>
       <c r="FP25" s="11"/>
       <c r="FQ25" s="11"/>
       <c r="FR25" s="11"/>
       <c r="FS25" s="11"/>
       <c r="FT25" s="11"/>
       <c r="FU25" s="11"/>
       <c r="FV25" s="11"/>
       <c r="FW25" s="11"/>
       <c r="FX25" s="11"/>
       <c r="FY25" s="11"/>
       <c r="FZ25" s="11"/>
       <c r="GA25" s="11"/>
       <c r="GB25" s="11"/>
       <c r="GC25" s="11"/>
       <c r="GD25" s="11"/>
+      <c r="GE25" s="11"/>
     </row>
-    <row r="26" spans="1:198" s="17" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:199" s="17" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26"/>
       <c r="B26" s="62" t="s">
         <v>31</v>
       </c>
       <c r="C26" s="63" t="s">
         <v>5</v>
       </c>
       <c r="D26" s="15"/>
       <c r="E26" s="15"/>
       <c r="F26" s="64"/>
       <c r="G26" s="63" t="s">
         <v>6</v>
       </c>
       <c r="H26" s="15"/>
       <c r="I26" s="15"/>
       <c r="J26" s="64"/>
       <c r="K26" s="63" t="s">
         <v>7</v>
       </c>
       <c r="L26" s="15"/>
       <c r="M26" s="15"/>
       <c r="N26" s="64"/>
       <c r="O26" s="63" t="s">
         <v>8</v>
       </c>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26" s="64"/>
       <c r="S26" s="15" t="s">
         <v>9</v>
       </c>
       <c r="T26" s="15"/>
       <c r="U26" s="15"/>
       <c r="V26" s="15"/>
     </row>
-    <row r="27" spans="1:198" s="17" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:199" s="17" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27"/>
       <c r="B27" s="65"/>
       <c r="C27" s="66" t="s">
         <v>10</v>
       </c>
       <c r="D27" s="20" t="s">
         <v>11</v>
       </c>
       <c r="E27" s="20" t="s">
         <v>12</v>
       </c>
       <c r="F27" s="67" t="s">
         <v>13</v>
       </c>
       <c r="G27" s="66" t="s">
         <v>10</v>
       </c>
       <c r="H27" s="20" t="s">
         <v>11</v>
       </c>
       <c r="I27" s="20" t="s">
         <v>12</v>
       </c>
       <c r="J27" s="67" t="s">
         <v>13</v>
@@ -3237,51 +3240,51 @@
       <c r="T27" s="20" t="s">
         <v>11</v>
       </c>
       <c r="U27" s="20" t="s">
         <v>12</v>
       </c>
       <c r="V27" s="20" t="s">
         <v>13</v>
       </c>
       <c r="Y27" s="11"/>
       <c r="Z27" s="11"/>
       <c r="AA27" s="11"/>
       <c r="AB27" s="11"/>
       <c r="AC27" s="11"/>
       <c r="AE27" s="11"/>
       <c r="AF27" s="11"/>
       <c r="AG27" s="11"/>
       <c r="AH27" s="11"/>
       <c r="AI27" s="11"/>
       <c r="AK27" s="11"/>
       <c r="AL27" s="11"/>
       <c r="AM27" s="11"/>
       <c r="AN27" s="11"/>
       <c r="AO27" s="11"/>
     </row>
-    <row r="28" spans="1:198" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:199" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B28" s="47" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="48">
         <v>50.000000000000007</v>
       </c>
       <c r="D28" s="48">
         <v>342.38683127572011</v>
       </c>
       <c r="E28" s="48">
         <v>100.00000000000001</v>
       </c>
       <c r="F28" s="48">
         <v>492.38683127572011</v>
       </c>
       <c r="G28" s="48">
         <v>50.000000000000007</v>
       </c>
       <c r="H28" s="48">
         <v>341.7009602194787</v>
       </c>
       <c r="I28" s="48">
         <v>100.00000000000001</v>
       </c>
       <c r="J28" s="48">
@@ -3302,487 +3305,487 @@
       <c r="O28" s="48">
         <v>50.000000000000007</v>
       </c>
       <c r="P28" s="48">
         <v>342.10486206370979</v>
       </c>
       <c r="Q28" s="48">
         <v>100.00000000000001</v>
       </c>
       <c r="R28" s="48">
         <v>492.10486206370979</v>
       </c>
       <c r="S28" s="48">
         <v>50.000000000000007</v>
       </c>
       <c r="T28" s="48">
         <v>342.22679469593049</v>
       </c>
       <c r="U28" s="48">
         <v>100.00000000000001</v>
       </c>
       <c r="V28" s="48">
         <v>492.22679469593049</v>
       </c>
     </row>
-    <row r="29" spans="1:198" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:199" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B29" s="68" t="s">
         <v>15</v>
       </c>
       <c r="C29" s="69">
         <v>12282.544151823646</v>
       </c>
       <c r="D29" s="69">
-        <v>11865.237235194263</v>
+        <v>11865.246241546301</v>
       </c>
       <c r="E29" s="69">
-        <v>5314.2440035978352</v>
+        <v>5314.2439938859743</v>
       </c>
       <c r="F29" s="69">
-        <v>29462.025390615745</v>
+        <v>29462.034387255924</v>
       </c>
       <c r="G29" s="69">
-        <v>14380.446409629387</v>
+        <v>14380.446420752125</v>
       </c>
       <c r="H29" s="69">
-        <v>10618.141932116414</v>
+        <v>10620.337370545214</v>
       </c>
       <c r="I29" s="69">
-        <v>5247.7810061481086</v>
+        <v>5247.7818980533193</v>
       </c>
       <c r="J29" s="69">
-        <v>30246.369347893909</v>
+        <v>30248.56568935066</v>
       </c>
       <c r="K29" s="69">
-        <v>13485.51257439274</v>
+        <v>13485.512696352962</v>
       </c>
       <c r="L29" s="69">
-        <v>10758.559659477782</v>
+        <v>10763.236904386084</v>
       </c>
       <c r="M29" s="69">
-        <v>4900.2831871981707</v>
+        <v>4902.2069772430186</v>
       </c>
       <c r="N29" s="69">
-        <v>29144.355421068693</v>
+        <v>29150.956577982062</v>
       </c>
       <c r="O29" s="69">
-        <v>13583.46856302939</v>
+        <v>13583.44085130012</v>
       </c>
       <c r="P29" s="69">
-        <v>11803.20297838344</v>
+        <v>11856.583984872246</v>
       </c>
       <c r="Q29" s="69">
-        <v>3947.7419022364206</v>
+        <v>3947.4914843663469</v>
       </c>
       <c r="R29" s="69">
-        <v>29334.41344364925</v>
+        <v>29387.516320538711</v>
       </c>
       <c r="S29" s="69">
-        <v>14091.675416824002</v>
+        <v>13979.277005649348</v>
       </c>
       <c r="T29" s="69">
-        <v>11443.110887314047</v>
+        <v>11289.047632142408</v>
       </c>
       <c r="U29" s="69">
-        <v>4249.5412653156554</v>
+        <v>4101.4970869776762</v>
       </c>
       <c r="V29" s="69">
-        <v>29784.327569453704</v>
+        <v>29369.821724769434</v>
       </c>
     </row>
-    <row r="30" spans="1:198" s="11" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:199" s="11" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30"/>
       <c r="B30" s="38" t="s">
         <v>18</v>
       </c>
       <c r="C30" s="27">
         <v>576.10461999999995</v>
       </c>
       <c r="D30" s="27">
         <v>16527.1865</v>
       </c>
       <c r="E30" s="27">
         <v>2351.8591399999996</v>
       </c>
       <c r="F30" s="27">
         <v>19455.150259999999</v>
       </c>
       <c r="G30" s="27">
         <v>846.3295700000001</v>
       </c>
       <c r="H30" s="27">
         <v>15990.15834</v>
       </c>
       <c r="I30" s="27">
         <v>2753.5398499999997</v>
       </c>
       <c r="J30" s="27">
         <v>19590.027760000001</v>
       </c>
       <c r="K30" s="27">
-        <v>823.06080000000009</v>
+        <v>838.55562000000009</v>
       </c>
       <c r="L30" s="27">
-        <v>15734.749910000002</v>
+        <v>15739.19281</v>
       </c>
       <c r="M30" s="27">
-        <v>3248.1709999999998</v>
+        <v>3306.4930399999998</v>
       </c>
       <c r="N30" s="27">
-        <v>19805.98171</v>
+        <v>19884.241470000001</v>
       </c>
       <c r="O30" s="27">
-        <v>419.98326000000003</v>
+        <v>419.94982999999996</v>
       </c>
       <c r="P30" s="27">
-        <v>20109.544600000005</v>
+        <v>20125.435969999999</v>
       </c>
       <c r="Q30" s="27">
-        <v>2659.7154999999998</v>
+        <v>2683.0135099999998</v>
       </c>
       <c r="R30" s="27">
-        <v>23189.243360000004</v>
+        <v>23228.399310000001</v>
       </c>
       <c r="S30" s="27">
-        <v>622.5789699999998</v>
+        <v>820.00000000000011</v>
       </c>
       <c r="T30" s="27">
         <v>17000</v>
       </c>
       <c r="U30" s="27">
-        <v>2699.9999999999995</v>
+        <v>2199.9999999999995</v>
       </c>
       <c r="V30" s="27">
-        <v>20322.578969999999</v>
+        <v>20020</v>
       </c>
     </row>
-    <row r="31" spans="1:198" s="11" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:199" s="11" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31"/>
       <c r="B31" s="39" t="s">
         <v>19</v>
       </c>
       <c r="C31" s="40">
         <v>12908.648771823646</v>
       </c>
       <c r="D31" s="40">
-        <v>28734.810566469983</v>
+        <v>28734.819572822023</v>
       </c>
       <c r="E31" s="40">
-        <v>7766.1031435978348</v>
+        <v>7766.1031338859739</v>
       </c>
       <c r="F31" s="40">
-        <v>49409.562481891466</v>
+        <v>49409.571478531645</v>
       </c>
       <c r="G31" s="40">
-        <v>15276.775979629387</v>
+        <v>15276.775990752125</v>
       </c>
       <c r="H31" s="40">
-        <v>26950.001232335893</v>
+        <v>26952.196670764693</v>
       </c>
       <c r="I31" s="40">
-        <v>8101.3208561481079</v>
+        <v>8101.3217480533185</v>
       </c>
       <c r="J31" s="40">
-        <v>50328.098068113388</v>
+        <v>50330.294409570139</v>
       </c>
       <c r="K31" s="40">
-        <v>14358.573374392739</v>
+        <v>14374.068316352961</v>
       </c>
       <c r="L31" s="40">
-        <v>26835.536364173713</v>
+        <v>26844.656509082015</v>
       </c>
       <c r="M31" s="40">
-        <v>8248.454187198171</v>
+        <v>8308.700017243018</v>
       </c>
       <c r="N31" s="40">
-        <v>49442.563925764625</v>
+        <v>49527.424842677996</v>
       </c>
       <c r="O31" s="40">
-        <v>14053.451823029391</v>
+        <v>14053.390681300119</v>
       </c>
       <c r="P31" s="40">
-        <v>32254.852440447154</v>
+        <v>32324.124816935953</v>
       </c>
       <c r="Q31" s="40">
-        <v>6707.4574022364204</v>
+        <v>6730.5049943663471</v>
       </c>
       <c r="R31" s="40">
-        <v>53015.761665712962</v>
+        <v>53108.020492602416</v>
       </c>
       <c r="S31" s="40">
-        <v>14764.254386824003</v>
+        <v>14849.277005649348</v>
       </c>
       <c r="T31" s="40">
-        <v>28785.33768200998</v>
+        <v>28631.274426838339</v>
       </c>
       <c r="U31" s="40">
-        <v>7049.5412653156545</v>
+        <v>6401.4970869776753</v>
       </c>
       <c r="V31" s="40">
-        <v>50599.133334149636</v>
+        <v>49882.048519465359</v>
       </c>
       <c r="Y31" s="51"/>
       <c r="Z31" s="51"/>
       <c r="AA31" s="51"/>
       <c r="AB31" s="51"/>
       <c r="AC31" s="51"/>
       <c r="AE31" s="51"/>
       <c r="AF31" s="51"/>
       <c r="AG31" s="51"/>
       <c r="AH31" s="51"/>
       <c r="AI31" s="51"/>
       <c r="AK31" s="51"/>
       <c r="AL31" s="51"/>
       <c r="AM31" s="51"/>
       <c r="AN31" s="51"/>
       <c r="AO31" s="51"/>
     </row>
-    <row r="32" spans="1:198" s="51" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:199" s="51" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32"/>
       <c r="B32" s="26" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="27">
-        <v>12155.842891823646</v>
+        <v>12153.593421823645</v>
       </c>
       <c r="D32" s="27">
-        <v>27631.865366250506</v>
+        <v>27631.999052602543</v>
       </c>
       <c r="E32" s="27">
-        <v>6751.5967835978354</v>
+        <v>6751.5967738859745</v>
       </c>
       <c r="F32" s="27">
-        <v>46539.305041671993</v>
+        <v>46537.189248312163</v>
       </c>
       <c r="G32" s="27">
-        <v>14431.801569629388</v>
+        <v>14431.756810752126</v>
       </c>
       <c r="H32" s="27">
-        <v>26007.525427639968</v>
+        <v>26009.691686068767</v>
       </c>
       <c r="I32" s="27">
-        <v>6986.7759461481091</v>
+        <v>6986.7768380533198</v>
       </c>
       <c r="J32" s="27">
-        <v>47426.102943417463</v>
+        <v>47428.225334874209</v>
       </c>
       <c r="K32" s="27">
-        <v>13434.45427439274</v>
+        <v>13450.184866352964</v>
       </c>
       <c r="L32" s="27">
-        <v>25937.245592110005</v>
+        <v>25946.340007018302</v>
       </c>
       <c r="M32" s="27">
-        <v>7167.6602971981711</v>
+        <v>7227.9061272430181</v>
       </c>
       <c r="N32" s="27">
-        <v>46539.360163700912</v>
+        <v>46624.431000614284</v>
       </c>
       <c r="O32" s="27">
-        <v>13122.978023029389</v>
+        <v>13122.91688130012</v>
       </c>
       <c r="P32" s="27">
-        <v>31384.809295751224</v>
+        <v>31454.085062240021</v>
       </c>
       <c r="Q32" s="27">
-        <v>6065.6418622364199</v>
+        <v>6087.2352743663469</v>
       </c>
       <c r="R32" s="27">
-        <v>50573.429181017033</v>
+        <v>50664.237217906484</v>
       </c>
       <c r="S32" s="27">
-        <v>13964.665373490669</v>
+        <v>14048.923245649348</v>
       </c>
       <c r="T32" s="27">
-        <v>27933.110887314047</v>
+        <v>27779.047632142403</v>
       </c>
       <c r="U32" s="27">
-        <v>6409.5412653156554</v>
+        <v>5911.4970869776762</v>
       </c>
       <c r="V32" s="27">
-        <v>48307.317526120372</v>
+        <v>47739.467964769428</v>
       </c>
       <c r="Y32" s="11"/>
       <c r="Z32" s="11"/>
       <c r="AA32" s="11"/>
       <c r="AB32" s="11"/>
       <c r="AC32" s="11"/>
       <c r="AE32" s="11"/>
       <c r="AF32" s="11"/>
       <c r="AG32" s="11"/>
       <c r="AH32" s="11"/>
       <c r="AI32" s="11"/>
       <c r="AK32" s="11"/>
       <c r="AL32" s="11"/>
       <c r="AM32" s="11"/>
       <c r="AN32" s="11"/>
       <c r="AO32" s="11"/>
     </row>
     <row r="33" spans="1:218" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B33" s="44" t="s">
         <v>22</v>
       </c>
       <c r="C33" s="45">
-        <v>702.80588</v>
+        <v>705.05534999999998</v>
       </c>
       <c r="D33" s="45">
-        <v>761.2442400000001</v>
+        <v>761.11955999999998</v>
       </c>
       <c r="E33" s="45">
         <v>914.50636000000009</v>
       </c>
       <c r="F33" s="45">
-        <v>2378.5564800000002</v>
+        <v>2380.68127</v>
       </c>
       <c r="G33" s="45">
-        <v>794.97441000000003</v>
+        <v>795.01918000000001</v>
       </c>
       <c r="H33" s="45">
-        <v>600.24901</v>
+        <v>600.27819</v>
       </c>
       <c r="I33" s="45">
         <v>1014.54491</v>
       </c>
       <c r="J33" s="45">
-        <v>2409.7683299999999</v>
+        <v>2409.8422799999998</v>
       </c>
       <c r="K33" s="45">
-        <v>874.11909999999989</v>
+        <v>873.88345000000004</v>
       </c>
       <c r="L33" s="45">
-        <v>556.18591000000004</v>
+        <v>556.21163999999999</v>
       </c>
       <c r="M33" s="45">
         <v>980.79389000000015</v>
       </c>
       <c r="N33" s="45">
-        <v>2411.0989</v>
+        <v>2410.8889800000002</v>
       </c>
       <c r="O33" s="45">
         <v>880.4738000000001</v>
       </c>
       <c r="P33" s="45">
-        <v>527.81634999999983</v>
+        <v>527.81295999999998</v>
       </c>
       <c r="Q33" s="45">
-        <v>541.81553999999983</v>
+        <v>543.26972000000001</v>
       </c>
       <c r="R33" s="45">
-        <v>1950.1056899999996</v>
+        <v>1951.55648</v>
       </c>
       <c r="S33" s="45">
-        <v>749.58901333333324</v>
+        <v>750.35375999999997</v>
       </c>
       <c r="T33" s="45">
         <v>510</v>
       </c>
       <c r="U33" s="45">
-        <v>540</v>
+        <v>390</v>
       </c>
       <c r="V33" s="45">
-        <v>1799.5890133333332</v>
+        <v>1650.35376</v>
       </c>
       <c r="Y33" s="51"/>
       <c r="Z33" s="51"/>
       <c r="AA33" s="51"/>
       <c r="AB33" s="51"/>
       <c r="AC33" s="51"/>
       <c r="AE33" s="51"/>
       <c r="AF33" s="51"/>
       <c r="AG33" s="51"/>
       <c r="AH33" s="51"/>
       <c r="AI33" s="51"/>
       <c r="AK33" s="51"/>
       <c r="AL33" s="51"/>
       <c r="AM33" s="51"/>
       <c r="AN33" s="51"/>
       <c r="AO33" s="51"/>
     </row>
     <row r="34" spans="1:218" s="51" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34"/>
       <c r="B34" s="47" t="s">
         <v>23</v>
       </c>
       <c r="C34" s="48">
         <v>12858.648771823646</v>
       </c>
       <c r="D34" s="48">
-        <v>28393.109606250506</v>
+        <v>28393.118612602542</v>
       </c>
       <c r="E34" s="48">
-        <v>7666.1031435978357</v>
+        <v>7666.1031338859748</v>
       </c>
       <c r="F34" s="48">
-        <v>48917.861521671992</v>
+        <v>48917.870518312164</v>
       </c>
       <c r="G34" s="48">
-        <v>15226.775979629389</v>
+        <v>15226.775990752125</v>
       </c>
       <c r="H34" s="48">
-        <v>26607.774437639968</v>
+        <v>26609.969876068768</v>
       </c>
       <c r="I34" s="48">
-        <v>8001.3208561481088</v>
+        <v>8001.3217480533194</v>
       </c>
       <c r="J34" s="48">
-        <v>49835.871273417462</v>
+        <v>49838.067614874206</v>
       </c>
       <c r="K34" s="48">
-        <v>14308.573374392739</v>
+        <v>14324.068316352963</v>
       </c>
       <c r="L34" s="48">
-        <v>26493.431502110005</v>
+        <v>26502.551647018303</v>
       </c>
       <c r="M34" s="48">
-        <v>8148.454187198171</v>
+        <v>8208.700017243018</v>
       </c>
       <c r="N34" s="48">
-        <v>48950.45906370091</v>
+        <v>49035.319980614287</v>
       </c>
       <c r="O34" s="48">
-        <v>14003.451823029389</v>
+        <v>14003.390681300119</v>
       </c>
       <c r="P34" s="48">
-        <v>31912.625645751225</v>
+        <v>31981.898022240021</v>
       </c>
       <c r="Q34" s="48">
-        <v>6607.4574022364195</v>
+        <v>6630.5049943663471</v>
       </c>
       <c r="R34" s="48">
-        <v>52523.534871017029</v>
+        <v>52615.793697906483</v>
       </c>
       <c r="S34" s="48">
-        <v>14714.254386824003</v>
+        <v>14799.277005649348</v>
       </c>
       <c r="T34" s="48">
-        <v>28443.110887314047</v>
+        <v>28289.047632142403</v>
       </c>
       <c r="U34" s="48">
-        <v>6949.5412653156554</v>
+        <v>6301.4970869776762</v>
       </c>
       <c r="V34" s="48">
-        <v>50106.906539453703</v>
+        <v>49389.821724769427</v>
       </c>
       <c r="Y34" s="11"/>
       <c r="Z34" s="11"/>
       <c r="AA34" s="11"/>
       <c r="AB34" s="11"/>
       <c r="AC34" s="11"/>
       <c r="AE34" s="11"/>
       <c r="AF34" s="11"/>
       <c r="AG34" s="11"/>
       <c r="AH34" s="11"/>
       <c r="AI34" s="11"/>
       <c r="AK34" s="11"/>
       <c r="AL34" s="11"/>
       <c r="AM34" s="11"/>
       <c r="AN34" s="11"/>
       <c r="AO34" s="11"/>
     </row>
     <row r="35" spans="1:218" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B35" s="47" t="s">
         <v>24</v>
       </c>
       <c r="C35" s="48">
         <v>50.000000000000007</v>
       </c>
       <c r="D35" s="48">
@@ -5235,520 +5238,520 @@
       <c r="W45" s="78">
         <v>591.61713153482697</v>
       </c>
       <c r="X45" s="48">
         <v>174.99999999999997</v>
       </c>
       <c r="Y45" s="48">
         <v>270.79459431997162</v>
       </c>
       <c r="Z45" s="48">
         <v>487.46761164456638</v>
       </c>
       <c r="AA45" s="79">
         <v>1524.879337499365</v>
       </c>
     </row>
     <row r="46" spans="1:218" s="11" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46"/>
       <c r="B46" s="68" t="s">
         <v>15</v>
       </c>
       <c r="C46" s="80">
         <v>8834.8124600836745</v>
       </c>
       <c r="D46" s="69">
-        <v>3003.8575278972812</v>
+        <v>3003.8598079864055</v>
       </c>
       <c r="E46" s="69">
-        <v>4058.1499663838008</v>
+        <v>4058.1499589674709</v>
       </c>
       <c r="F46" s="69">
         <v>0</v>
       </c>
       <c r="G46" s="81">
-        <v>15896.819954364757</v>
+        <v>15896.822227037552</v>
       </c>
       <c r="H46" s="80">
-        <v>10343.829873593069</v>
+        <v>10343.829881593634</v>
       </c>
       <c r="I46" s="69">
-        <v>2688.1371980041554</v>
+        <v>2688.6930052013199</v>
       </c>
       <c r="J46" s="69">
-        <v>4007.3964046949186</v>
+        <v>4007.3970857861705</v>
       </c>
       <c r="K46" s="69">
         <v>0</v>
       </c>
       <c r="L46" s="81">
-        <v>17039.363476292143</v>
+        <v>17039.919972581123</v>
       </c>
       <c r="M46" s="80">
-        <v>9700.105535966708</v>
+        <v>9700.1056236924833</v>
       </c>
       <c r="N46" s="69">
-        <v>2723.685989741211</v>
+        <v>2724.8701023762237</v>
       </c>
       <c r="O46" s="69">
-        <v>3742.0344338604204</v>
+        <v>3743.5035098946678</v>
       </c>
       <c r="P46" s="69">
         <v>0</v>
       </c>
       <c r="Q46" s="81">
-        <v>16165.825959568339</v>
+        <v>16168.479235963376</v>
       </c>
       <c r="R46" s="80">
-        <v>9770.5651067404378</v>
+        <v>9770.5451737421899</v>
       </c>
       <c r="S46" s="69">
-        <v>2988.1526527553019</v>
+        <v>3001.6668316132268</v>
       </c>
       <c r="T46" s="69">
-        <v>3014.6392707987211</v>
+        <v>3014.4480426070286</v>
       </c>
       <c r="U46" s="69">
         <v>0</v>
       </c>
       <c r="V46" s="81">
-        <v>15773.357030294461</v>
+        <v>15786.660047962447</v>
       </c>
       <c r="W46" s="80">
-        <v>10136.117405083931</v>
+        <v>10055.269425116197</v>
       </c>
       <c r="X46" s="69">
-        <v>2896.9900980541893</v>
+        <v>2857.9867423145338</v>
       </c>
       <c r="Y46" s="69">
-        <v>3245.1042389683184</v>
+        <v>3132.0523209647704</v>
       </c>
       <c r="Z46" s="69">
         <v>0</v>
       </c>
       <c r="AA46" s="81">
-        <v>16278.211742106439</v>
+        <v>16045.308488395502</v>
       </c>
     </row>
     <row r="47" spans="1:218" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B47" s="38" t="s">
         <v>18</v>
       </c>
       <c r="C47" s="82">
         <v>543.63187999999991</v>
       </c>
       <c r="D47" s="27">
-        <v>514.39116000000001</v>
+        <v>514.39268000000004</v>
       </c>
       <c r="E47" s="27">
-        <v>2032.4894299999996</v>
+        <v>2032.4894199999997</v>
       </c>
       <c r="F47" s="27">
         <v>5532.2778099999996</v>
       </c>
       <c r="G47" s="83">
-        <v>8622.7902799999993</v>
+        <v>8622.7917899999993</v>
       </c>
       <c r="H47" s="82">
         <v>391.161</v>
       </c>
       <c r="I47" s="27">
         <v>524.49654999999996</v>
       </c>
       <c r="J47" s="27">
         <v>1987.6141500000003</v>
       </c>
       <c r="K47" s="27">
         <v>5234.8662299999996</v>
       </c>
       <c r="L47" s="83">
         <v>8138.1379299999999</v>
       </c>
       <c r="M47" s="82">
         <v>462.96247999999997</v>
       </c>
       <c r="N47" s="27">
-        <v>660.21469000000013</v>
+        <v>660.20008000000007</v>
       </c>
       <c r="O47" s="27">
-        <v>2970.9000599999995</v>
+        <v>3008.6924600000002</v>
       </c>
       <c r="P47" s="27">
-        <v>4192.4934100000009</v>
+        <v>4194.5267900000008</v>
       </c>
       <c r="Q47" s="83">
-        <v>8286.5706400000017</v>
+        <v>8326.3818100000008</v>
       </c>
       <c r="R47" s="82">
-        <v>294.54624000000007</v>
+        <v>294.64812000000001</v>
       </c>
       <c r="S47" s="27">
-        <v>705.21796999999992</v>
+        <v>705.23902999999984</v>
       </c>
       <c r="T47" s="27">
-        <v>2544.2844399999999</v>
+        <v>2556.2369000000003</v>
       </c>
       <c r="U47" s="27">
-        <v>3379.3596499999999</v>
+        <v>3390.4428900000003</v>
       </c>
       <c r="V47" s="83">
-        <v>6923.4082999999991</v>
+        <v>6946.5669400000006</v>
       </c>
       <c r="W47" s="82">
-        <v>300</v>
+        <v>449.99999999999994</v>
       </c>
       <c r="X47" s="27">
-        <v>505.92710333333338</v>
+        <v>700</v>
       </c>
       <c r="Y47" s="27">
-        <v>2300.0000000000005</v>
+        <v>2100</v>
       </c>
       <c r="Z47" s="27">
-        <v>2500</v>
+        <v>2800</v>
       </c>
       <c r="AA47" s="83">
-        <v>5605.9271033333334</v>
+        <v>6050</v>
       </c>
     </row>
     <row r="48" spans="1:218" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B48" s="39" t="s">
         <v>19</v>
       </c>
       <c r="C48" s="84">
         <v>9969.8023647750342</v>
       </c>
       <c r="D48" s="40">
-        <v>3693.2486878972813</v>
+        <v>3693.2524879864054</v>
       </c>
       <c r="E48" s="40">
-        <v>6360.8040054372987</v>
+        <v>6360.803988020969</v>
       </c>
       <c r="F48" s="40">
         <v>6020.8580569135802</v>
       </c>
       <c r="G48" s="85">
-        <v>26044.713115023194</v>
+        <v>26044.716897695987</v>
       </c>
       <c r="H48" s="84">
-        <v>11326.246017625992</v>
+        <v>11326.246025626557</v>
       </c>
       <c r="I48" s="40">
-        <v>3387.6337480041552</v>
+        <v>3388.1895552013198</v>
       </c>
       <c r="J48" s="40">
-        <v>6265.4152186181018</v>
+        <v>6265.4158997093537</v>
       </c>
       <c r="K48" s="40">
         <v>5722.4176703292178</v>
       </c>
       <c r="L48" s="85">
-        <v>26701.712654577466</v>
+        <v>26702.269150866447</v>
       </c>
       <c r="M48" s="84">
-        <v>10755.111911714308</v>
+        <v>10755.111999440083</v>
       </c>
       <c r="N48" s="40">
-        <v>3558.9006797412112</v>
+        <v>3560.0701823762238</v>
       </c>
       <c r="O48" s="40">
-        <v>6984.2765148937997</v>
+        <v>7023.5379909280473</v>
       </c>
       <c r="P48" s="40">
-        <v>4679.5990341426623</v>
+        <v>4681.6324141426621</v>
       </c>
       <c r="Q48" s="85">
-        <v>25977.888140491981</v>
+        <v>26020.352586887017</v>
       </c>
       <c r="R48" s="84">
-        <v>10656.663701564397</v>
+        <v>10656.74564856615</v>
       </c>
       <c r="S48" s="40">
-        <v>3868.3706227553021</v>
+        <v>3881.9058616132265</v>
       </c>
       <c r="T48" s="40">
-        <v>5829.5608088020745</v>
+        <v>5841.3220406103819</v>
       </c>
       <c r="U48" s="40">
-        <v>3867.1054204618194</v>
+        <v>3878.1886604618203</v>
       </c>
       <c r="V48" s="85">
-        <v>24221.700553583592</v>
+        <v>24258.162211251576</v>
       </c>
       <c r="W48" s="84">
-        <v>11027.734536618758</v>
+        <v>11096.886556651025</v>
       </c>
       <c r="X48" s="40">
-        <v>3577.9172013875227</v>
+        <v>3732.9867423145338</v>
       </c>
       <c r="Y48" s="40">
-        <v>5815.8988332882909</v>
+        <v>5502.846915284742</v>
       </c>
       <c r="Z48" s="40">
-        <v>2987.4676116445662</v>
+        <v>3287.4676116445662</v>
       </c>
       <c r="AA48" s="85">
-        <v>23409.01818293914</v>
+        <v>23620.187825894867</v>
       </c>
     </row>
     <row r="49" spans="1:218" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B49" s="26" t="s">
         <v>20</v>
       </c>
       <c r="C49" s="82">
-        <v>9042.1025607421107</v>
+        <v>9041.8095507421112</v>
       </c>
       <c r="D49" s="27">
-        <v>2520.4058278972811</v>
+        <v>2520.4096279864057</v>
       </c>
       <c r="E49" s="27">
-        <v>5322.2371415141151</v>
+        <v>5321.9010140977853</v>
       </c>
       <c r="F49" s="27">
-        <v>5373.6578465843613</v>
+        <v>5373.6775465843602</v>
       </c>
       <c r="G49" s="83">
-        <v>22258.403376737871</v>
+        <v>22257.797739410664</v>
       </c>
       <c r="H49" s="82">
-        <v>10070.133891878391</v>
+        <v>10074.012689878957</v>
       </c>
       <c r="I49" s="27">
-        <v>2289.620778004155</v>
+        <v>2290.1765852013195</v>
       </c>
       <c r="J49" s="27">
-        <v>4737.704967584722</v>
+        <v>4737.6577886759742</v>
       </c>
       <c r="K49" s="27">
-        <v>5081.6580161865568</v>
+        <v>5081.6171861865578</v>
       </c>
       <c r="L49" s="83">
-        <v>22179.117653653826</v>
+        <v>22183.464249942808</v>
       </c>
       <c r="M49" s="82">
-        <v>9417.5935068903473</v>
+        <v>9417.5525246161214</v>
       </c>
       <c r="N49" s="27">
-        <v>2670.238369741211</v>
+        <v>2674.8517923762238</v>
       </c>
       <c r="O49" s="27">
-        <v>5642.3355568904472</v>
+        <v>5681.5530829246945</v>
       </c>
       <c r="P49" s="27">
-        <v>4070.9440236808423</v>
+        <v>4072.9774036808426</v>
       </c>
       <c r="Q49" s="83">
-        <v>21801.111457202845</v>
+        <v>21846.93480359788</v>
       </c>
       <c r="R49" s="82">
-        <v>9479.8068200295729</v>
+        <v>9479.9471570313235</v>
       </c>
       <c r="S49" s="27">
-        <v>2929.2385427553018</v>
+        <v>2936.0268416132267</v>
       </c>
       <c r="T49" s="27">
-        <v>4845.4696444821029</v>
+        <v>4857.6055362904099</v>
       </c>
       <c r="U49" s="27">
-        <v>3258.2494588172535</v>
+        <v>3269.3324388172541</v>
       </c>
       <c r="V49" s="83">
-        <v>20512.764466084231</v>
+        <v>20542.911973752212</v>
       </c>
       <c r="W49" s="82">
-        <v>9850.9335759166315</v>
+        <v>9921.3785259488959</v>
       </c>
       <c r="X49" s="27">
-        <v>2762.9172013875227</v>
+        <v>2917.9867423145342</v>
       </c>
       <c r="Y49" s="27">
-        <v>4974.9742621693886</v>
+        <v>4661.9223441658405</v>
       </c>
       <c r="Z49" s="27">
-        <v>2347.7570495615505</v>
+        <v>2647.750006228217</v>
       </c>
       <c r="AA49" s="83">
-        <v>19936.582089035095</v>
+        <v>20149.037618657487</v>
       </c>
     </row>
     <row r="50" spans="1:218" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B50" s="44" t="s">
         <v>22</v>
       </c>
       <c r="C50" s="86">
-        <v>336.44465999999994</v>
+        <v>336.73767000000004</v>
       </c>
       <c r="D50" s="45">
         <v>997.84285999999997</v>
       </c>
       <c r="E50" s="45">
-        <v>768.16219999999976</v>
+        <v>768.49830999999995</v>
       </c>
       <c r="F50" s="45">
-        <v>159.64876999999998</v>
+        <v>159.62906999999998</v>
       </c>
       <c r="G50" s="87">
-        <v>2262.0984899999994</v>
+        <v>2262.7079100000001</v>
       </c>
       <c r="H50" s="86">
-        <v>664.06822999999986</v>
+        <v>660.18943999999999</v>
       </c>
       <c r="I50" s="45">
         <v>923.01297000000011</v>
       </c>
       <c r="J50" s="45">
-        <v>1256.36823</v>
+        <v>1256.4160899999999</v>
       </c>
       <c r="K50" s="45">
-        <v>153.65403000000001</v>
+        <v>153.69486000000001</v>
       </c>
       <c r="L50" s="87">
-        <v>2997.1034600000003</v>
+        <v>2993.3133600000001</v>
       </c>
       <c r="M50" s="86">
-        <v>745.96604999999977</v>
+        <v>746.00711999999987</v>
       </c>
       <c r="N50" s="45">
-        <v>713.66231000000005</v>
+        <v>710.21839</v>
       </c>
       <c r="O50" s="45">
-        <v>1071.3038599999998</v>
+        <v>1071.34781</v>
       </c>
       <c r="P50" s="45">
         <v>120.90923999999998</v>
       </c>
       <c r="Q50" s="87">
-        <v>2651.8414599999996</v>
+        <v>2648.4825599999995</v>
       </c>
       <c r="R50" s="86">
-        <v>585.23974999999996</v>
+        <v>585.18136000000004</v>
       </c>
       <c r="S50" s="45">
-        <v>764.13207999999997</v>
+        <v>770.87902000000008</v>
       </c>
       <c r="T50" s="45">
-        <v>713.29656999999975</v>
+        <v>712.92191000000003</v>
       </c>
       <c r="U50" s="45">
-        <v>121.38835000000002</v>
+        <v>121.38861000000003</v>
       </c>
       <c r="V50" s="87">
-        <v>2184.0567499999997</v>
+        <v>2190.3708999999999</v>
       </c>
       <c r="W50" s="86">
-        <v>585.06316666666669</v>
+        <v>583.77023666666662</v>
       </c>
       <c r="X50" s="45">
         <v>639.99999999999989</v>
       </c>
       <c r="Y50" s="45">
         <v>570.00000000000011</v>
       </c>
       <c r="Z50" s="45">
-        <v>152.27089333333333</v>
+        <v>152.27793666666668</v>
       </c>
       <c r="AA50" s="87">
-        <v>1947.3340600000001</v>
+        <v>1946.0481733333334</v>
       </c>
     </row>
     <row r="51" spans="1:218" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B51" s="47" t="s">
         <v>23</v>
       </c>
       <c r="C51" s="78">
-        <v>9378.5472207421099</v>
+        <v>9378.5472207421117</v>
       </c>
       <c r="D51" s="48">
-        <v>3518.2486878972813</v>
+        <v>3518.2524879864059</v>
       </c>
       <c r="E51" s="48">
-        <v>6090.3993415141149</v>
+        <v>6090.3993240977852</v>
       </c>
       <c r="F51" s="48">
-        <v>5533.3066165843611</v>
+        <v>5533.3066165843602</v>
       </c>
       <c r="G51" s="79">
-        <v>24520.501866737868</v>
+        <v>24520.505649410665</v>
       </c>
       <c r="H51" s="78">
-        <v>10734.202121878392</v>
+        <v>10734.202129878957</v>
       </c>
       <c r="I51" s="48">
-        <v>3212.6337480041552</v>
+        <v>3213.1895552013198</v>
       </c>
       <c r="J51" s="48">
-        <v>5994.073197584722</v>
+        <v>5994.0738786759739</v>
       </c>
       <c r="K51" s="48">
-        <v>5235.3120461865565</v>
+        <v>5235.3120461865574</v>
       </c>
       <c r="L51" s="79">
-        <v>25176.221113653824</v>
+        <v>25176.777609942808</v>
       </c>
       <c r="M51" s="78">
-        <v>10163.559556890346</v>
+        <v>10163.559644616122</v>
       </c>
       <c r="N51" s="48">
-        <v>3383.9006797412112</v>
+        <v>3385.0701823762238</v>
       </c>
       <c r="O51" s="48">
-        <v>6713.6394168904471</v>
+        <v>6752.9008929246947</v>
       </c>
       <c r="P51" s="48">
-        <v>4191.8532636808422</v>
+        <v>4193.886643680843</v>
       </c>
       <c r="Q51" s="79">
-        <v>24452.952917202845</v>
+        <v>24495.417363597884</v>
       </c>
       <c r="R51" s="78">
-        <v>10065.046570029574</v>
+        <v>10065.128517031324</v>
       </c>
       <c r="S51" s="48">
-        <v>3693.3706227553016</v>
+        <v>3706.905861613227</v>
       </c>
       <c r="T51" s="48">
-        <v>5558.7662144821024</v>
+        <v>5570.5274462904099</v>
       </c>
       <c r="U51" s="48">
-        <v>3379.6378088172537</v>
+        <v>3390.7210488172541</v>
       </c>
       <c r="V51" s="79">
-        <v>22696.82121608423</v>
+        <v>22733.282873752214</v>
       </c>
       <c r="W51" s="78">
-        <v>10435.996742583298</v>
+        <v>10505.148762615563</v>
       </c>
       <c r="X51" s="48">
-        <v>3402.9172013875227</v>
+        <v>3557.9867423145342</v>
       </c>
       <c r="Y51" s="48">
-        <v>5544.9742621693886</v>
+        <v>5231.9223441658405</v>
       </c>
       <c r="Z51" s="48">
-        <v>2500.0279428948838</v>
+        <v>2800.0279428948838</v>
       </c>
       <c r="AA51" s="79">
-        <v>21883.916149035096</v>
+        <v>22095.085791990823</v>
       </c>
     </row>
     <row r="52" spans="1:218" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B52" s="47" t="s">
         <v>24</v>
       </c>
       <c r="C52" s="78">
         <v>591.25514403292175</v>
       </c>
       <c r="D52" s="48">
         <v>174.99999999999997</v>
       </c>
       <c r="E52" s="48">
         <v>270.40466392318245</v>
       </c>
       <c r="F52" s="48">
         <v>487.55144032921811</v>
       </c>
       <c r="G52" s="79">
         <v>1524.2112482853224</v>
       </c>
       <c r="H52" s="78">
         <v>592.04389574759944</v>
       </c>
       <c r="I52" s="48">
@@ -6807,104 +6810,108 @@
       <c r="GM58" s="11"/>
       <c r="GN58" s="11"/>
       <c r="GO58" s="11"/>
       <c r="GP58" s="11"/>
       <c r="GQ58" s="11"/>
       <c r="GR58" s="11"/>
       <c r="GS58" s="11"/>
       <c r="GT58" s="11"/>
       <c r="GU58" s="11"/>
       <c r="GV58" s="11"/>
       <c r="GW58" s="11"/>
       <c r="GX58" s="11"/>
       <c r="GY58" s="11"/>
       <c r="GZ58" s="11"/>
       <c r="HA58" s="11"/>
       <c r="HB58" s="11"/>
       <c r="HC58" s="11"/>
       <c r="HD58" s="11"/>
       <c r="HE58" s="11"/>
       <c r="HF58" s="11"/>
       <c r="HG58" s="11"/>
       <c r="HH58" s="11"/>
       <c r="HI58" s="11"/>
       <c r="HJ58" s="11"/>
     </row>
-    <row r="61" spans="1:218" x14ac:dyDescent="0.25">
-[...20 lines deleted...]
-      <c r="W61" s="91"/>
+    <row r="60" spans="1:218" x14ac:dyDescent="0.25">
+      <c r="C60" s="91"/>
+      <c r="D60" s="91"/>
+      <c r="E60" s="91"/>
+      <c r="F60" s="91"/>
+      <c r="G60" s="91"/>
+      <c r="H60" s="91"/>
+      <c r="I60" s="91"/>
+      <c r="J60" s="91"/>
+      <c r="K60" s="91"/>
+      <c r="L60" s="91"/>
+      <c r="M60" s="91"/>
+      <c r="N60" s="91"/>
+      <c r="O60" s="91"/>
+      <c r="P60" s="91"/>
+      <c r="Q60" s="91"/>
+      <c r="R60" s="91"/>
+      <c r="S60" s="91"/>
+      <c r="T60" s="91"/>
+      <c r="U60" s="91"/>
+      <c r="V60" s="91"/>
+      <c r="W60" s="91"/>
+      <c r="X60" s="91"/>
+      <c r="Y60" s="91"/>
+      <c r="Z60" s="91"/>
+      <c r="AA60" s="91"/>
     </row>
   </sheetData>
   <mergeCells count="20">
     <mergeCell ref="C43:G43"/>
     <mergeCell ref="H43:L43"/>
     <mergeCell ref="M43:Q43"/>
     <mergeCell ref="R43:V43"/>
     <mergeCell ref="C53:G53"/>
     <mergeCell ref="H53:L53"/>
     <mergeCell ref="M53:Q53"/>
     <mergeCell ref="R53:V53"/>
     <mergeCell ref="S6:V6"/>
     <mergeCell ref="C26:F26"/>
     <mergeCell ref="G26:J26"/>
     <mergeCell ref="K26:N26"/>
     <mergeCell ref="O26:R26"/>
     <mergeCell ref="S26:V26"/>
     <mergeCell ref="B2:N2"/>
     <mergeCell ref="B3:D3"/>
     <mergeCell ref="C6:F6"/>
     <mergeCell ref="G6:J6"/>
     <mergeCell ref="K6:N6"/>
     <mergeCell ref="O6:R6"/>
   </mergeCells>
-  <conditionalFormatting sqref="C61:W61">
+  <conditionalFormatting sqref="C60:AA60">
     <cfRule type="cellIs" dxfId="0" priority="1" stopIfTrue="1" operator="between">
       <formula>-0.001</formula>
       <formula>0.001</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.45" right="0.26" top="0.66" bottom="0.4" header="0.5" footer="0.39370078740157483"/>
-  <pageSetup paperSize="9" scale="31" orientation="landscape" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="32" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;RLG/09.02.2011</oddFooter>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="5" min="1" max="26" man="1"/>
     <brk id="45" min="1" max="26" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
@@ -6921,47 +6928,47 @@
     </vt:vector>
   </TitlesOfParts>
   <Company>European Commission</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>ELEMANS ZOLICHOVA Lucie (AGRI)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_6bd9ddd1-4d20-43f6-abfa-fc3c07406f94_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_6bd9ddd1-4d20-43f6-abfa-fc3c07406f94_SetDate">
-    <vt:lpwstr>2025-11-25T13:29:38Z</vt:lpwstr>
+    <vt:lpwstr>2026-02-26T18:54:48Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_6bd9ddd1-4d20-43f6-abfa-fc3c07406f94_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_6bd9ddd1-4d20-43f6-abfa-fc3c07406f94_Name">
     <vt:lpwstr>Commission Use</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_6bd9ddd1-4d20-43f6-abfa-fc3c07406f94_SiteId">
     <vt:lpwstr>b24c8b06-522c-46fe-9080-70926f8dddb1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_6bd9ddd1-4d20-43f6-abfa-fc3c07406f94_ActionId">
-    <vt:lpwstr>0978d462-85fb-4683-9f07-39ff11627f2c</vt:lpwstr>
+    <vt:lpwstr>cd231ddc-942d-450c-8685-6cdf6d8bd1ef</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_6bd9ddd1-4d20-43f6-abfa-fc3c07406f94_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_6bd9ddd1-4d20-43f6-abfa-fc3c07406f94_Tag">
     <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>